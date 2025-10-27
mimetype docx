--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1166,51 +1166,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c23742cf94ad0a0e7bab87a915dfda6e">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba2095c8412800d1669154594b96874">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1440,51 +1440,51 @@
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z</No_x002e_>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z136B</Provision_x0020_Number>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2012-01</Let_x0020_Date>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">SIGNATURE SHEET (LOCAL GOVERNMENT AGENCY)</Provision>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0709DD18-03B3-4E1F-ABCE-FC1F801C3512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B84523-F5A5-4C79-8AEA-11060973F4D4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB0F20D1-372F-4E76-B0F6-CB5FE77DBB5E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC67BF3-71F5-4FE3-8225-46BCEAF9D240}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DE34026-831B-4443-9CEF-F3374EE05BF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">