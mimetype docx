--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1166,51 +1166,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba2095c8412800d1669154594b96874">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1440,51 +1440,51 @@
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z</No_x002e_>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z136B</Provision_x0020_Number>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2012-01</Let_x0020_Date>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">SIGNATURE SHEET (LOCAL GOVERNMENT AGENCY)</Provision>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0709DD18-03B3-4E1F-ABCE-FC1F801C3512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB0F20D1-372F-4E76-B0F6-CB5FE77DBB5E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E25DBFBD-6E69-47CE-B3D1-E675E1ECE13B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC67BF3-71F5-4FE3-8225-46BCEAF9D240}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DE34026-831B-4443-9CEF-F3374EE05BF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">