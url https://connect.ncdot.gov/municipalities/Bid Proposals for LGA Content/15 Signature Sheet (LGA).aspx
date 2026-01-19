--- v2 (2025-11-16)
+++ v3 (2026-01-19)
@@ -1166,51 +1166,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1440,51 +1440,51 @@
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z</No_x002e_>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z136B</Provision_x0020_Number>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2012-01</Let_x0020_Date>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">SIGNATURE SHEET (LOCAL GOVERNMENT AGENCY)</Provision>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0709DD18-03B3-4E1F-ABCE-FC1F801C3512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E25DBFBD-6E69-47CE-B3D1-E675E1ECE13B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAF14B0D-0C37-45E7-9624-749EACF3FA83}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC67BF3-71F5-4FE3-8225-46BCEAF9D240}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DE34026-831B-4443-9CEF-F3374EE05BF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">