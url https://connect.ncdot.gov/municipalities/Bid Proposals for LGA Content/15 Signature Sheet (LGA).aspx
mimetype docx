--- v3 (2026-01-19)
+++ v4 (2026-03-04)
@@ -1166,51 +1166,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="053227eecccef1b19e79baed1dc52e39">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1440,51 +1440,51 @@
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z</No_x002e_>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z136B</Provision_x0020_Number>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2012-01</Let_x0020_Date>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">SIGNATURE SHEET (LOCAL GOVERNMENT AGENCY)</Provision>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0709DD18-03B3-4E1F-ABCE-FC1F801C3512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAF14B0D-0C37-45E7-9624-749EACF3FA83}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09320CD8-EEDC-47BD-BED1-41E66B01AE1B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC67BF3-71F5-4FE3-8225-46BCEAF9D240}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DE34026-831B-4443-9CEF-F3374EE05BF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">