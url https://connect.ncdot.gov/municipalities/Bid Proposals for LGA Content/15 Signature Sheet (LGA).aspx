--- v4 (2026-03-04)
+++ v5 (2026-03-24)
@@ -1166,51 +1166,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="053227eecccef1b19e79baed1dc52e39">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91561bab295627c3ca08ad8ad9a331b9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1440,51 +1440,51 @@
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z</No_x002e_>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z136B</Provision_x0020_Number>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2012-01</Let_x0020_Date>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">SIGNATURE SHEET (LOCAL GOVERNMENT AGENCY)</Provision>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0709DD18-03B3-4E1F-ABCE-FC1F801C3512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09320CD8-EEDC-47BD-BED1-41E66B01AE1B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A38537F-AA39-4599-8CCF-19F05EE3CE31}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC67BF3-71F5-4FE3-8225-46BCEAF9D240}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DE34026-831B-4443-9CEF-F3374EE05BF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">